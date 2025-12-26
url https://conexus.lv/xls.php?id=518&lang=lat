--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -386,514 +386,514 @@
       </c>
       <c r="R2" s="3" t="inlineStr">
         <is>
           <t>Nominēts, kWh IPGKAP</t>
         </is>
       </c>
       <c r="S2" s="3" t="inlineStr">
         <is>
           <t>Nominēts, kWh IPGKSP</t>
         </is>
       </c>
       <c r="T2" s="3" t="inlineStr">
         <is>
           <t>Nenominēts,kWh</t>
         </is>
       </c>
       <c r="U2" s="3" t="inlineStr">
         <is>
           <t>Pieejams,kWh</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2025-10-27</t>
+          <t>2025-12-26</t>
         </is>
       </c>
       <c r="B3" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="4" t="n">
-        <v>23112928</v>
+        <v>755000</v>
       </c>
       <c r="E3" s="4" t="n">
-        <v>2460000</v>
+        <v>10205678</v>
       </c>
       <c r="F3" s="4" t="n">
-        <v>1669355</v>
+        <v>0</v>
       </c>
       <c r="G3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J3" s="4" t="n">
-        <v>23757717</v>
+        <v>40039322</v>
       </c>
       <c r="K3" s="4" t="n">
-        <v>22767811</v>
+        <v>33366098</v>
       </c>
       <c r="L3" s="4" t="n">
-        <v>157000000</v>
+        <v>265000000</v>
       </c>
       <c r="M3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N3" s="4" t="n">
-        <v>518200</v>
+        <v>4621250</v>
       </c>
       <c r="O3" s="4" t="n">
-        <v>750000</v>
+        <v>4184648</v>
       </c>
       <c r="P3" s="4" t="n">
-        <v>766526</v>
+        <v>22100749</v>
       </c>
       <c r="Q3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T3" s="4" t="n">
-        <v>154965274</v>
+        <v>234093353</v>
       </c>
       <c r="U3" s="4" t="n">
-        <v>148508387</v>
+        <v>195077781</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-28</t>
+          <t>2025-12-27</t>
         </is>
       </c>
       <c r="B4" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="4" t="n">
-        <v>2400000</v>
+        <v>0</v>
       </c>
       <c r="F4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J4" s="4" t="n">
-        <v>48600000</v>
+        <v>51000000</v>
       </c>
       <c r="K4" s="4" t="n">
-        <v>48600000</v>
+        <v>51000000</v>
       </c>
       <c r="L4" s="4" t="n">
-        <v>157000000</v>
+        <v>265000000</v>
       </c>
       <c r="M4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N4" s="4" t="n">
-        <v>0</v>
+        <v>1260250</v>
       </c>
       <c r="O4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P4" s="4" t="n">
-        <v>0</v>
+        <v>1630645</v>
       </c>
       <c r="Q4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T4" s="4" t="n">
-        <v>157000000</v>
+        <v>262109105</v>
       </c>
       <c r="U4" s="4" t="n">
-        <v>157000000</v>
+        <v>262109105</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29</t>
+          <t>2025-12-28</t>
         </is>
       </c>
       <c r="B5" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="4" t="n">
-        <v>2400000</v>
+        <v>0</v>
       </c>
       <c r="F5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J5" s="4" t="n">
-        <v>48600000</v>
+        <v>51000000</v>
       </c>
       <c r="K5" s="4" t="n">
-        <v>48600000</v>
+        <v>51000000</v>
       </c>
       <c r="L5" s="4" t="n">
-        <v>157000000</v>
+        <v>265000000</v>
       </c>
       <c r="M5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N5" s="4" t="n">
-        <v>0</v>
+        <v>938250</v>
       </c>
       <c r="O5" s="4" t="n">
-        <v>0</v>
+        <v>636000</v>
       </c>
       <c r="P5" s="4" t="n">
-        <v>0</v>
+        <v>1630645</v>
       </c>
       <c r="Q5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T5" s="4" t="n">
-        <v>157000000</v>
+        <v>261795105</v>
       </c>
       <c r="U5" s="4" t="n">
-        <v>157000000</v>
+        <v>261795105</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>2025-12-29</t>
         </is>
       </c>
       <c r="B6" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="4" t="n">
-        <v>2400000</v>
+        <v>0</v>
       </c>
       <c r="F6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J6" s="4" t="n">
-        <v>48600000</v>
+        <v>51000000</v>
       </c>
       <c r="K6" s="4" t="n">
-        <v>48600000</v>
+        <v>51000000</v>
       </c>
       <c r="L6" s="4" t="n">
-        <v>157000000</v>
+        <v>265000000</v>
       </c>
       <c r="M6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N6" s="4" t="n">
-        <v>0</v>
+        <v>961250</v>
       </c>
       <c r="O6" s="4" t="n">
-        <v>0</v>
+        <v>805000</v>
       </c>
       <c r="P6" s="4" t="n">
-        <v>0</v>
+        <v>1630645</v>
       </c>
       <c r="Q6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="4" t="n">
-        <v>157000000</v>
+        <v>261603105</v>
       </c>
       <c r="U6" s="4" t="n">
-        <v>157000000</v>
+        <v>261603105</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2025-10-31</t>
+          <t>2025-12-30</t>
         </is>
       </c>
       <c r="B7" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="4" t="n">
-        <v>2400000</v>
+        <v>0</v>
       </c>
       <c r="F7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J7" s="4" t="n">
-        <v>48600000</v>
+        <v>51000000</v>
       </c>
       <c r="K7" s="4" t="n">
-        <v>48600000</v>
+        <v>51000000</v>
       </c>
       <c r="L7" s="4" t="n">
-        <v>157000000</v>
+        <v>265000000</v>
       </c>
       <c r="M7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N7" s="4" t="n">
-        <v>0</v>
+        <v>337250</v>
       </c>
       <c r="O7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T7" s="4" t="n">
-        <v>157000000</v>
+        <v>264662750</v>
       </c>
       <c r="U7" s="4" t="n">
-        <v>157000000</v>
+        <v>264662750</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2025-11-01</t>
+          <t>2025-12-31</t>
         </is>
       </c>
       <c r="B8" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J8" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="K8" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="L8" s="4" t="n">
-        <v>155000000</v>
+        <v>265000000</v>
       </c>
       <c r="M8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N8" s="4" t="n">
-        <v>0</v>
+        <v>337250</v>
       </c>
       <c r="O8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T8" s="4" t="n">
-        <v>155000000</v>
+        <v>264662750</v>
       </c>
       <c r="U8" s="4" t="n">
-        <v>155000000</v>
+        <v>264662750</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2025-11-02</t>
+          <t>2026-01-01</t>
         </is>
       </c>
       <c r="B9" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J9" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="K9" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="L9" s="4" t="n">
-        <v>155000000</v>
+        <v>254000000</v>
       </c>
       <c r="M9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="O9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T9" s="4" t="n">
-        <v>155000000</v>
+        <v>254000000</v>
       </c>
       <c r="U9" s="4" t="n">
-        <v>155000000</v>
+        <v>254000000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="L1:U1"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>