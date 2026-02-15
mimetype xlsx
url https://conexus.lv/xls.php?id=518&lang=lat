--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -386,514 +386,514 @@
       </c>
       <c r="R2" s="3" t="inlineStr">
         <is>
           <t>Nominēts, kWh IPGKAP</t>
         </is>
       </c>
       <c r="S2" s="3" t="inlineStr">
         <is>
           <t>Nominēts, kWh IPGKSP</t>
         </is>
       </c>
       <c r="T2" s="3" t="inlineStr">
         <is>
           <t>Nenominēts,kWh</t>
         </is>
       </c>
       <c r="U2" s="3" t="inlineStr">
         <is>
           <t>Pieejams,kWh</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2025-12-26</t>
+          <t>2026-02-15</t>
         </is>
       </c>
       <c r="B3" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C3" s="4" t="n">
-        <v>0</v>
+        <v>77199684</v>
       </c>
       <c r="D3" s="4" t="n">
-        <v>755000</v>
+        <v>24000</v>
       </c>
       <c r="E3" s="4" t="n">
-        <v>10205678</v>
+        <v>0</v>
       </c>
       <c r="F3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J3" s="4" t="n">
-        <v>40039322</v>
+        <v>128175684</v>
       </c>
       <c r="K3" s="4" t="n">
-        <v>33366098</v>
+        <v>101560835</v>
       </c>
       <c r="L3" s="4" t="n">
-        <v>265000000</v>
+        <v>130000000</v>
       </c>
       <c r="M3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N3" s="4" t="n">
-        <v>4621250</v>
+        <v>10715409</v>
       </c>
       <c r="O3" s="4" t="n">
-        <v>4184648</v>
+        <v>35816719</v>
       </c>
       <c r="P3" s="4" t="n">
-        <v>22100749</v>
+        <v>81667556</v>
       </c>
       <c r="Q3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T3" s="4" t="n">
-        <v>234093353</v>
+        <v>1800316</v>
       </c>
       <c r="U3" s="4" t="n">
-        <v>195077781</v>
+        <v>1336791</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-27</t>
+          <t>2026-02-16</t>
         </is>
       </c>
       <c r="B4" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C4" s="4" t="n">
-        <v>0</v>
+        <v>14291000</v>
       </c>
       <c r="D4" s="4" t="n">
-        <v>0</v>
+        <v>24000</v>
       </c>
       <c r="E4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J4" s="4" t="n">
-        <v>51000000</v>
+        <v>65267000</v>
       </c>
       <c r="K4" s="4" t="n">
-        <v>51000000</v>
+        <v>65267000</v>
       </c>
       <c r="L4" s="4" t="n">
-        <v>265000000</v>
+        <v>130000000</v>
       </c>
       <c r="M4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N4" s="4" t="n">
-        <v>1260250</v>
+        <v>10068000</v>
       </c>
       <c r="O4" s="4" t="n">
-        <v>0</v>
+        <v>10000000</v>
       </c>
       <c r="P4" s="4" t="n">
-        <v>1630645</v>
+        <v>45223000</v>
       </c>
       <c r="Q4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T4" s="4" t="n">
-        <v>262109105</v>
+        <v>64709000</v>
       </c>
       <c r="U4" s="4" t="n">
-        <v>262109105</v>
+        <v>64709000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2025-12-28</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="B5" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="4" t="n">
-        <v>0</v>
+        <v>24000</v>
       </c>
       <c r="E5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J5" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="K5" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="L5" s="4" t="n">
-        <v>265000000</v>
+        <v>130000000</v>
       </c>
       <c r="M5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N5" s="4" t="n">
-        <v>938250</v>
+        <v>0</v>
       </c>
       <c r="O5" s="4" t="n">
-        <v>636000</v>
+        <v>0</v>
       </c>
       <c r="P5" s="4" t="n">
-        <v>1630645</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T5" s="4" t="n">
-        <v>261795105</v>
+        <v>130000000</v>
       </c>
       <c r="U5" s="4" t="n">
-        <v>261795105</v>
+        <v>130000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2025-12-29</t>
+          <t>2026-02-18</t>
         </is>
       </c>
       <c r="B6" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="4" t="n">
-        <v>0</v>
+        <v>24000</v>
       </c>
       <c r="E6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J6" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="K6" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="L6" s="4" t="n">
-        <v>265000000</v>
+        <v>130000000</v>
       </c>
       <c r="M6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N6" s="4" t="n">
-        <v>961250</v>
+        <v>0</v>
       </c>
       <c r="O6" s="4" t="n">
-        <v>805000</v>
+        <v>0</v>
       </c>
       <c r="P6" s="4" t="n">
-        <v>1630645</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="4" t="n">
-        <v>261603105</v>
+        <v>130000000</v>
       </c>
       <c r="U6" s="4" t="n">
-        <v>261603105</v>
+        <v>130000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2025-12-30</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="B7" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="4" t="n">
-        <v>0</v>
+        <v>24000</v>
       </c>
       <c r="E7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J7" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="K7" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="L7" s="4" t="n">
-        <v>265000000</v>
+        <v>130000000</v>
       </c>
       <c r="M7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N7" s="4" t="n">
-        <v>337250</v>
+        <v>0</v>
       </c>
       <c r="O7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T7" s="4" t="n">
-        <v>264662750</v>
+        <v>130000000</v>
       </c>
       <c r="U7" s="4" t="n">
-        <v>264662750</v>
+        <v>130000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2025-12-31</t>
+          <t>2026-02-20</t>
         </is>
       </c>
       <c r="B8" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="4" t="n">
-        <v>0</v>
+        <v>24000</v>
       </c>
       <c r="E8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J8" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="K8" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="L8" s="4" t="n">
-        <v>265000000</v>
+        <v>130000000</v>
       </c>
       <c r="M8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N8" s="4" t="n">
-        <v>337250</v>
+        <v>0</v>
       </c>
       <c r="O8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T8" s="4" t="n">
-        <v>264662750</v>
+        <v>130000000</v>
       </c>
       <c r="U8" s="4" t="n">
-        <v>264662750</v>
+        <v>130000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2026-01-01</t>
+          <t>2026-02-21</t>
         </is>
       </c>
       <c r="B9" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="4" t="n">
-        <v>0</v>
+        <v>24000</v>
       </c>
       <c r="E9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J9" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="K9" s="4" t="n">
-        <v>51000000</v>
+        <v>50976000</v>
       </c>
       <c r="L9" s="4" t="n">
-        <v>254000000</v>
+        <v>130000000</v>
       </c>
       <c r="M9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="O9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T9" s="4" t="n">
-        <v>254000000</v>
+        <v>130000000</v>
       </c>
       <c r="U9" s="4" t="n">
-        <v>254000000</v>
+        <v>130000000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="L1:U1"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>