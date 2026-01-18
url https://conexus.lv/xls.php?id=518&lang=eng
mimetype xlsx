--- v0 (2025-12-02)
+++ v1 (2026-01-18)
@@ -386,514 +386,514 @@
       </c>
       <c r="R2" s="3" t="inlineStr">
         <is>
           <t>Nominated, kWh IPGKAP</t>
         </is>
       </c>
       <c r="S2" s="3" t="inlineStr">
         <is>
           <t>Nominated, kWh IPGKSP</t>
         </is>
       </c>
       <c r="T2" s="3" t="inlineStr">
         <is>
           <t>Not nominated,kWh</t>
         </is>
       </c>
       <c r="U2" s="3" t="inlineStr">
         <is>
           <t>Available,kWh</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2025-12-02</t>
+          <t>2026-01-19</t>
         </is>
       </c>
       <c r="B3" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C3" s="4" t="n">
-        <v>33046601</v>
+        <v>134000000</v>
       </c>
       <c r="D3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="4" t="n">
-        <v>5315368</v>
+        <v>0</v>
       </c>
       <c r="F3" s="4" t="n">
-        <v>0</v>
+        <v>60000</v>
       </c>
       <c r="G3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J3" s="4" t="n">
-        <v>78731233</v>
+        <v>184940000</v>
       </c>
       <c r="K3" s="4" t="n">
-        <v>51878769</v>
+        <v>184940000</v>
       </c>
       <c r="L3" s="4" t="n">
-        <v>281000000</v>
+        <v>185000000</v>
       </c>
       <c r="M3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N3" s="4" t="n">
-        <v>7947920</v>
+        <v>19768901</v>
       </c>
       <c r="O3" s="4" t="n">
-        <v>64445128</v>
+        <v>7311533</v>
       </c>
       <c r="P3" s="4" t="n">
-        <v>11653553</v>
+        <v>157919566</v>
       </c>
       <c r="Q3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T3" s="4" t="n">
-        <v>196953399</v>
+        <v>0</v>
       </c>
       <c r="U3" s="4" t="n">
-        <v>120424107</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2025-12-03</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="B4" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="4" t="n">
-        <v>5315368</v>
+        <v>0</v>
       </c>
       <c r="F4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J4" s="4" t="n">
-        <v>45684632</v>
+        <v>51000000</v>
       </c>
       <c r="K4" s="4" t="n">
-        <v>45684632</v>
+        <v>51000000</v>
       </c>
       <c r="L4" s="4" t="n">
-        <v>281000000</v>
+        <v>185000000</v>
       </c>
       <c r="M4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N4" s="4" t="n">
-        <v>7052108</v>
+        <v>0</v>
       </c>
       <c r="O4" s="4" t="n">
-        <v>37337699</v>
+        <v>0</v>
       </c>
       <c r="P4" s="4" t="n">
-        <v>5330645</v>
+        <v>1000000</v>
       </c>
       <c r="Q4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T4" s="4" t="n">
-        <v>231279548</v>
+        <v>184000000</v>
       </c>
       <c r="U4" s="4" t="n">
-        <v>231279548</v>
+        <v>184000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2025-12-04</t>
+          <t>2026-01-21</t>
         </is>
       </c>
       <c r="B5" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J5" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="K5" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="L5" s="4" t="n">
-        <v>281000000</v>
+        <v>167000000</v>
       </c>
       <c r="M5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N5" s="4" t="n">
-        <v>337100</v>
+        <v>0</v>
       </c>
       <c r="O5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T5" s="4" t="n">
-        <v>280662900</v>
+        <v>167000000</v>
       </c>
       <c r="U5" s="4" t="n">
-        <v>280662900</v>
+        <v>167000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2025-12-05</t>
+          <t>2026-01-22</t>
         </is>
       </c>
       <c r="B6" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J6" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="K6" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="L6" s="4" t="n">
-        <v>281000000</v>
+        <v>167000000</v>
       </c>
       <c r="M6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N6" s="4" t="n">
-        <v>337100</v>
+        <v>0</v>
       </c>
       <c r="O6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="4" t="n">
-        <v>280662900</v>
+        <v>167000000</v>
       </c>
       <c r="U6" s="4" t="n">
-        <v>280662900</v>
+        <v>167000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2025-12-06</t>
+          <t>2026-01-23</t>
         </is>
       </c>
       <c r="B7" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J7" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="K7" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="L7" s="4" t="n">
-        <v>281000000</v>
+        <v>167000000</v>
       </c>
       <c r="M7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N7" s="4" t="n">
-        <v>336000</v>
+        <v>0</v>
       </c>
       <c r="O7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T7" s="4" t="n">
-        <v>280664000</v>
+        <v>167000000</v>
       </c>
       <c r="U7" s="4" t="n">
-        <v>280664000</v>
+        <v>167000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2025-12-07</t>
+          <t>2026-01-24</t>
         </is>
       </c>
       <c r="B8" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J8" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="K8" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="L8" s="4" t="n">
-        <v>281000000</v>
+        <v>167000000</v>
       </c>
       <c r="M8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N8" s="4" t="n">
-        <v>336000</v>
+        <v>0</v>
       </c>
       <c r="O8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T8" s="4" t="n">
-        <v>280664000</v>
+        <v>167000000</v>
       </c>
       <c r="U8" s="4" t="n">
-        <v>280664000</v>
+        <v>167000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2025-12-08</t>
+          <t>2026-01-25</t>
         </is>
       </c>
       <c r="B9" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="C9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J9" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="K9" s="4" t="n">
         <v>51000000</v>
       </c>
       <c r="L9" s="4" t="n">
-        <v>281000000</v>
+        <v>167000000</v>
       </c>
       <c r="M9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N9" s="4" t="n">
-        <v>336000</v>
+        <v>0</v>
       </c>
       <c r="O9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T9" s="4" t="n">
-        <v>280664000</v>
+        <v>167000000</v>
       </c>
       <c r="U9" s="4" t="n">
-        <v>280664000</v>
+        <v>167000000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="L1:U1"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>