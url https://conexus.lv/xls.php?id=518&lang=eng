--- v1 (2026-01-18)
+++ v2 (2026-03-05)
@@ -386,514 +386,514 @@
       </c>
       <c r="R2" s="3" t="inlineStr">
         <is>
           <t>Nominated, kWh IPGKAP</t>
         </is>
       </c>
       <c r="S2" s="3" t="inlineStr">
         <is>
           <t>Nominated, kWh IPGKSP</t>
         </is>
       </c>
       <c r="T2" s="3" t="inlineStr">
         <is>
           <t>Not nominated,kWh</t>
         </is>
       </c>
       <c r="U2" s="3" t="inlineStr">
         <is>
           <t>Available,kWh</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2026-01-19</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="B3" s="4" t="n">
-        <v>51000000</v>
+        <v>75000000</v>
       </c>
       <c r="C3" s="4" t="n">
-        <v>134000000</v>
+        <v>0</v>
       </c>
       <c r="D3" s="4" t="n">
-        <v>0</v>
+        <v>1920000</v>
       </c>
       <c r="E3" s="4" t="n">
-        <v>0</v>
+        <v>10671670</v>
       </c>
       <c r="F3" s="4" t="n">
-        <v>60000</v>
+        <v>7192768</v>
       </c>
       <c r="G3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J3" s="4" t="n">
-        <v>184940000</v>
+        <v>55215562</v>
       </c>
       <c r="K3" s="4" t="n">
-        <v>184940000</v>
+        <v>36581709</v>
       </c>
       <c r="L3" s="4" t="n">
-        <v>185000000</v>
+        <v>130000000</v>
       </c>
       <c r="M3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N3" s="4" t="n">
-        <v>19768901</v>
+        <v>3586008</v>
       </c>
       <c r="O3" s="4" t="n">
-        <v>7311533</v>
+        <v>0</v>
       </c>
       <c r="P3" s="4" t="n">
-        <v>157919566</v>
+        <v>30819173</v>
       </c>
       <c r="Q3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T3" s="4" t="n">
-        <v>0</v>
+        <v>95594819</v>
       </c>
       <c r="U3" s="4" t="n">
-        <v>0</v>
+        <v>63387939</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2026-01-20</t>
+          <t>2026-03-06</t>
         </is>
       </c>
       <c r="B4" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="C4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="4" t="n">
-        <v>0</v>
+        <v>10264240</v>
       </c>
       <c r="F4" s="4" t="n">
-        <v>0</v>
+        <v>5000000</v>
       </c>
       <c r="G4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J4" s="4" t="n">
-        <v>51000000</v>
+        <v>84735760</v>
       </c>
       <c r="K4" s="4" t="n">
-        <v>51000000</v>
+        <v>84735760</v>
       </c>
       <c r="L4" s="4" t="n">
-        <v>185000000</v>
+        <v>130000000</v>
       </c>
       <c r="M4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N4" s="4" t="n">
-        <v>0</v>
+        <v>3017008</v>
       </c>
       <c r="O4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P4" s="4" t="n">
-        <v>1000000</v>
+        <v>15647707</v>
       </c>
       <c r="Q4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T4" s="4" t="n">
-        <v>184000000</v>
+        <v>111335285</v>
       </c>
       <c r="U4" s="4" t="n">
-        <v>184000000</v>
+        <v>111335285</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2026-01-21</t>
+          <t>2026-03-07</t>
         </is>
       </c>
       <c r="B5" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="C5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J5" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="K5" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="L5" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
       <c r="M5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="O5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S5" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T5" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
       <c r="U5" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2026-01-22</t>
+          <t>2026-03-08</t>
         </is>
       </c>
       <c r="B6" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="C6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J6" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="K6" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="L6" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
       <c r="M6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="O6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
       <c r="U6" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2026-01-23</t>
+          <t>2026-03-09</t>
         </is>
       </c>
       <c r="B7" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="C7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J7" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="K7" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="L7" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
       <c r="M7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="O7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S7" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T7" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
       <c r="U7" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2026-01-24</t>
+          <t>2026-03-10</t>
         </is>
       </c>
       <c r="B8" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="C8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J8" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="K8" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="L8" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
       <c r="M8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="O8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S8" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T8" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
       <c r="U8" s="4" t="n">
-        <v>167000000</v>
+        <v>130000000</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2026-01-25</t>
+          <t>2026-03-11</t>
         </is>
       </c>
       <c r="B9" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="C9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J9" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="K9" s="4" t="n">
-        <v>51000000</v>
+        <v>100000000</v>
       </c>
       <c r="L9" s="4" t="n">
-        <v>167000000</v>
+        <v>115000000</v>
       </c>
       <c r="M9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="O9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="Q9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S9" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T9" s="4" t="n">
-        <v>167000000</v>
+        <v>115000000</v>
       </c>
       <c r="U9" s="4" t="n">
-        <v>167000000</v>
+        <v>115000000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="L1:U1"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>