--- v2 (2026-03-05)
+++ v3 (2026-03-05)
@@ -417,81 +417,81 @@
       <c r="C3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="4" t="n">
         <v>1920000</v>
       </c>
       <c r="E3" s="4" t="n">
         <v>10671670</v>
       </c>
       <c r="F3" s="4" t="n">
         <v>7192768</v>
       </c>
       <c r="G3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="J3" s="4" t="n">
         <v>55215562</v>
       </c>
       <c r="K3" s="4" t="n">
-        <v>36581709</v>
+        <v>34295350</v>
       </c>
       <c r="L3" s="4" t="n">
         <v>130000000</v>
       </c>
       <c r="M3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="N3" s="4" t="n">
         <v>3586008</v>
       </c>
       <c r="O3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="P3" s="4" t="n">
-        <v>30819173</v>
+        <v>28988562</v>
       </c>
       <c r="Q3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="R3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="S3" s="4" t="n">
         <v>0</v>
       </c>
       <c r="T3" s="4" t="n">
-        <v>95594819</v>
+        <v>97425430</v>
       </c>
       <c r="U3" s="4" t="n">
-        <v>63387939</v>
+        <v>61256803</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>2026-03-06</t>
         </is>
       </c>
       <c r="B4" s="4" t="n">
         <v>100000000</v>
       </c>
       <c r="C4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="4" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="4" t="n">
         <v>10264240</v>
       </c>
       <c r="F4" s="4" t="n">
         <v>5000000</v>
       </c>
       <c r="G4" s="4" t="n">
         <v>0</v>